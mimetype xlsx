--- v0 (2025-12-11)
+++ v1 (2026-03-26)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS, ORÇAMENTO E FISCALIZAÇÃO - CFO</t>
   </si>
   <si>
-    <t>https://sapl.banzae.ba.leg.br/media/</t>
+    <t>http://sapl.banzae.ba.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre o julgamento das contas do exercício financeiro de 2016, de responsabilidade da Exma. Srª. Patrícia Nascimento Almeida, Prefeita Municipal de Banzaê, constante do Processo nº 07507e17 do Tribunal de Contas dos Municípios do Estado da Bahia</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -405,68 +405,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.banzae.ba.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.banzae.ba.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="54.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="34" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="33.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="229.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>